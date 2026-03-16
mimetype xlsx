--- v0 (2026-01-29)
+++ v1 (2026-03-16)
@@ -12,319 +12,349 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Procurements" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="370">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="374">
   <si>
     <t>Hanke nimetus</t>
   </si>
   <si>
     <t>Hankemenetluse liik</t>
   </si>
   <si>
     <t>Korraldav üksus</t>
   </si>
   <si>
     <t>Vastutav isik</t>
   </si>
   <si>
     <t>Vastutava isiku e-post</t>
   </si>
   <si>
     <t>Pakkumuse esitamine (eeldatav)</t>
   </si>
   <si>
     <t>Heakorrateenuse tellimine Rahukohtu, Tallinn objektidele 01.07.2027-31.07.2030</t>
   </si>
   <si>
     <t>Avatud menetlus (Rahvusvaheline)</t>
   </si>
   <si>
     <t>Kinnisvarateenuste hankeosakond</t>
   </si>
   <si>
     <t>Tiia Redi</t>
   </si>
   <si>
     <t>Tiia.Redi@rkas.ee</t>
   </si>
   <si>
     <t>01.03.2027 11:00</t>
   </si>
   <si>
+    <t>Minikonkurss nr X: Heakorrateenuse tellimine Põhja piirkonna 2 objektile alates 01.07.2027</t>
+  </si>
+  <si>
+    <t>Avatud menetlus (Siseriiklik)</t>
+  </si>
+  <si>
+    <t>Maibi Tint</t>
+  </si>
+  <si>
+    <t>Maibi.Tint@rkas.ee</t>
+  </si>
+  <si>
+    <t>01.03.2027 10:00</t>
+  </si>
+  <si>
     <t>KUMU katuse remonttööd</t>
   </si>
   <si>
-    <t>Avatud menetlus (Siseriiklik)</t>
-[...7 lines deleted...]
-  <si>
     <t>09.02.2027 10:00</t>
   </si>
   <si>
     <t>Andmelao arendustööd 2027-2028</t>
   </si>
   <si>
     <t>Käthlin Nisu</t>
   </si>
   <si>
     <t>Kathlin.Nisu@rkas.ee</t>
   </si>
   <si>
     <t>01.02.2027 10:00</t>
   </si>
   <si>
     <t>Infosüsteemide infrastruktuuri rent</t>
   </si>
   <si>
     <t>06.01.2027 10:00</t>
   </si>
   <si>
     <t>Narva Vanalinna Riigikooli köögiseadmete hankimine ja paigaldus</t>
   </si>
   <si>
     <t>05.01.2027 10:00</t>
   </si>
   <si>
     <t>Tehnohooldusteenuse tellimine Rapla maakonna objektide NV süsteemidele (2027)</t>
   </si>
   <si>
     <t>Kristi Tahker</t>
   </si>
   <si>
     <t>Kristi.Tahker@rkas.ee</t>
   </si>
   <si>
     <t>31.12.2026 10:00</t>
   </si>
   <si>
     <t>Rahu 38, Jõhvi Politsei- ja Piirivalveameti ning Päästeameti ühishoone renoveerimistööde OJV</t>
   </si>
   <si>
     <t>OT3 (Lihthange)</t>
   </si>
   <si>
+    <t>Reelika Timm</t>
+  </si>
+  <si>
+    <t>Reelika.Timm@rkas.ee</t>
+  </si>
+  <si>
+    <t>28.12.2026 13:00</t>
+  </si>
+  <si>
+    <t>Mustamäe 51, Tallinn hoone jagamise ehitustööd</t>
+  </si>
+  <si>
+    <t>Karolin Kippasto</t>
+  </si>
+  <si>
+    <t>Karolin.Kippasto@rkas.ee</t>
+  </si>
+  <si>
+    <t>22.12.2026 11:00</t>
+  </si>
+  <si>
+    <t>Kohtla-Järve, Järve eestikeelse põhikooli uue õppehoone ehitustööd</t>
+  </si>
+  <si>
+    <t>Liina Kaukver</t>
+  </si>
+  <si>
+    <t>Liina.Kaukver@rkas.ee</t>
+  </si>
+  <si>
+    <t>15.12.2026 12:00</t>
+  </si>
+  <si>
+    <t>RKAS Infosüsteemide infrastruktuuri rent 2027-2029</t>
+  </si>
+  <si>
+    <t>Merlis Uustal</t>
+  </si>
+  <si>
+    <t>Merlis.Uustal@rkas.ee</t>
+  </si>
+  <si>
+    <t>15.12.2026 11:00</t>
+  </si>
+  <si>
+    <t>Sisekaitseakadeemia, Kase 61, Tallinn, taktikamaja ostumööbel</t>
+  </si>
+  <si>
     <t>Martin Tiirats</t>
   </si>
   <si>
     <t>Martin.Tiirats@rkas.ee</t>
   </si>
   <si>
-    <t>28.12.2026 13:00</t>
-[...46 lines deleted...]
-  <si>
     <t>15.12.2026 10:00</t>
   </si>
   <si>
     <t>Kohtla-Järve, Järve eestikeelse põhikooli uue õppehoone ehitustööde omanikujärelevalve teenus</t>
   </si>
   <si>
     <t>05.12.2026 12:00</t>
   </si>
   <si>
     <t>Kõne- ja andmesideteenuse tellimine 2027-2029</t>
   </si>
   <si>
     <t>02.12.2026 11:00</t>
   </si>
   <si>
+    <t>Tehnohooldusteenuse tellimine A.H. Tammsaare pst 61 ja 70 Pärnu, Pärnu tn 79 Kilingi-Nõmme hoonetele (2027)</t>
+  </si>
+  <si>
+    <t>01.12.2026 13:00</t>
+  </si>
+  <si>
     <t>Tehnohooldusteenuse tellimine Ida piirkonna objektide nõrkvoolusüsteemidele (2027 Lääne-Virumaa)</t>
   </si>
   <si>
     <t>01.12.2026 11:00</t>
   </si>
   <si>
     <t>Tehnohooldusteenuse tellimine Ida piirkonna objektide nõrkvoolusüsteemidele (2027 Narva, Sillamäe)</t>
   </si>
   <si>
     <t>01.12.2026 10:00</t>
   </si>
   <si>
     <t>Tehnohooldusteenuse tellimine Ida piirkonna objektide nõrkvoolusüsteemidele (2027 Jõhvi, Kohtla-Järve, Lüganuse)</t>
   </si>
   <si>
     <t>Ivo Lipp</t>
   </si>
   <si>
     <t>Ivo.Lipp@rkas.ee</t>
   </si>
   <si>
     <t>30.11.2026 11:00</t>
   </si>
   <si>
     <t>Rahu 38, Jõhvi Politsei- ja Piirivalveameti ning Päästeameti ühishoone renoveerimistööd</t>
   </si>
   <si>
     <t>27.11.2026 13:00</t>
   </si>
   <si>
     <t>Raamlepingu sõlmimine infosüsteemide arendustöödeks</t>
   </si>
   <si>
     <t>02.11.2026 11:00</t>
   </si>
   <si>
+    <t>Lisa tervisekindlustus töötajatele aastaks 2027</t>
+  </si>
+  <si>
+    <t>01.11.2026 10:00</t>
+  </si>
+  <si>
     <t>Valveteenuse tellimine EKM 5-le objektile 01.03.2027-28.02.2030</t>
   </si>
   <si>
     <t>Üle riigihanke piirmäära</t>
   </si>
   <si>
     <t>31.10.2026 11:00</t>
   </si>
   <si>
     <t>Narva Vanalinna Põhikooli sisustuse hankimine</t>
   </si>
   <si>
     <t>16.10.2026 10:00</t>
   </si>
   <si>
     <t>Tartu PPA uue hoone arhitektuurivõistlus</t>
   </si>
   <si>
     <t>Ideekonkurss (Rahvusvaheline)</t>
   </si>
   <si>
     <t>Elika Muinast</t>
   </si>
   <si>
     <t>Elika.Muinast@rkas.ee</t>
   </si>
   <si>
     <t>01.10.2026 12:00</t>
   </si>
   <si>
     <t>Minikonkurss nr x Erihoonete objektide hooneautomaatikasüsteemide hooldamiseks</t>
   </si>
   <si>
     <t>01.10.2026 11:00</t>
   </si>
   <si>
     <t>Minikonkurss nr x Lääne piirkonna objektide hooneautomaatikasüsteemide hooldamiseks</t>
   </si>
   <si>
+    <t>Lõuna piirkonna objektide hooneautomaatikasüsteemide hooldamiseks (Siemens)</t>
+  </si>
+  <si>
+    <t>22.09.2026 10:00</t>
+  </si>
+  <si>
     <t>Viru Maakohus. Narva kohtumaja renoveerimine</t>
   </si>
   <si>
     <t>07.09.2026 10:00</t>
   </si>
   <si>
     <t>Lasnamäe 2 IT maja ehitustööd</t>
   </si>
   <si>
     <t>02.09.2026 13:00</t>
   </si>
   <si>
     <t>Lasnamäe 2 IT maja ehitustööde omanikujärelevalve</t>
   </si>
   <si>
     <t>Sisekaitseakadeemia Väike-Maarja Õppekeskuse sisustuse hankimine</t>
   </si>
   <si>
     <t>02.09.2026 11:00</t>
   </si>
   <si>
     <t>Elektrienergia ost määratud tarnena koos taastuvelektri päritolutunnistustega Riigi Kinnisvara AS-le</t>
   </si>
   <si>
     <t>Elektrienergia ost avatud tarnena koos bilansihaldusteenusega Riigi Kinnisvara AS-le</t>
   </si>
   <si>
     <t>02.09.2026 10:00</t>
   </si>
   <si>
+    <t>Minikonkurss nr x Ida piirkonna objektide hooneautomaatikasüsteemide hooldamiseks (Niagara)</t>
+  </si>
+  <si>
+    <t>01.09.2026 10:00</t>
+  </si>
+  <si>
     <t>Wismari 7 generaatori ehitustööd</t>
   </si>
   <si>
     <t>18.08.2026 11:00</t>
   </si>
   <si>
     <t>Kalaranna 28, Tallinn tehnohooldusteenuse tellimine</t>
   </si>
   <si>
     <t>03.08.2026 11:00</t>
   </si>
   <si>
     <t>PÄA-PPA Väike-Maarja ühishoone projekteerimine</t>
   </si>
   <si>
     <t>Rahu 38 UPS seadmete vahetus</t>
   </si>
   <si>
     <t>03.08.2026 10:00</t>
   </si>
   <si>
     <t>Kalaranna 28, Tallinn tehnohooldusteenuse tellimine nõrkvoolusüsteemidele</t>
   </si>
   <si>
     <t>Tartu Vangla hooneautomaatika renoveerimine</t>
@@ -353,759 +383,741 @@
   <si>
     <t>14.07.2026 11:00</t>
   </si>
   <si>
     <t>Tehnohooldusteenuse tellimine Tallinna 18 ja Järve tee 4 Paide ning Paide tee 5 Koeru objektide nõrkvoolusüsteemidele (2026)</t>
   </si>
   <si>
     <t>03.07.2026 11:00</t>
   </si>
   <si>
     <t>Segura ligipääsuhaldustarkvara litsentsid</t>
   </si>
   <si>
     <t>03.07.2026 10:00</t>
   </si>
   <si>
     <t>Porkuni kool, Ilumäe tee 6, Pokuni küla Statsionaarne generaatori paigaldus</t>
   </si>
   <si>
     <t>02.07.2026 11:00</t>
   </si>
   <si>
     <t>Tehnohooldusteenuse tellimine Järva maakonna objektidele (2026)</t>
   </si>
   <si>
+    <t>Tervise 20, Tallinn külmkambrite tehnohooldusteenus</t>
+  </si>
+  <si>
     <t>Heakorrateenuse tellimine Luhamaa kordonile alates 01.11.2026</t>
   </si>
   <si>
-    <t>Tervise 20, Tallinn külmkambrite tehnohooldusteenus</t>
-[...1 lines deleted...]
-  <si>
     <t>Konterinertankla paigaldus  Turu tn 56</t>
   </si>
   <si>
     <t>01.07.2026 12:00</t>
   </si>
   <si>
     <t>Valveteenuse tellimine põhja piirkonna objektidele 01.11.2026-31.10.2029</t>
   </si>
   <si>
+    <t>Valveteenuse tellimine lõuna piirkonna objektidele 01.11.2026-31.10.2029</t>
+  </si>
+  <si>
+    <t>01.07.2026 11:00</t>
+  </si>
+  <si>
+    <t>KUMU sisevalgustuse ja hädavalgustuse uuendamine etapp 2</t>
+  </si>
+  <si>
+    <t>Võru riigimaja sisustuse hankimine</t>
+  </si>
+  <si>
+    <t>Sisekaitseakadeemia, Kase 61, Tallinn, majutus- ja õppehoone ostumööbel</t>
+  </si>
+  <si>
+    <t>01.07.2026 10:00</t>
+  </si>
+  <si>
+    <t>Elektrienergia ost määratud tarnena koos taastuvelektri päritolutunnistustega (keskse hankijana)</t>
+  </si>
+  <si>
+    <t>Pärnumaa Kutsehariduskeskuse C korpuse (puidumaja) rekonstrueerimise ja juurdeehituse projekteerimine</t>
+  </si>
+  <si>
+    <t>LABRIS ühislabori projekteerimine</t>
+  </si>
+  <si>
+    <t>16.06.2026 11:00</t>
+  </si>
+  <si>
+    <t>Tartu Tähtvere Kool</t>
+  </si>
+  <si>
+    <t>09.06.2026 13:00</t>
+  </si>
+  <si>
+    <t>Kammeri Kooli küttekatelde vahetus</t>
+  </si>
+  <si>
+    <t>09.06.2026 11:00</t>
+  </si>
+  <si>
+    <t>Väike-Maarja Õppekeskuse soojusenergia ostmine ja katlamaja operaatorteenuse osutamine</t>
+  </si>
+  <si>
+    <t>04.06.2026 11:00</t>
+  </si>
+  <si>
+    <t>Ventilatsiooniseadmete väljavahetamine energiatõhusamate vastu Valgamaa Kutsehariduskeskuses</t>
+  </si>
+  <si>
+    <t>Tehnohooldusteenuse tellimine Keskkonnamaja ja Loodusmuuseum (2026) NV süsteemide TH</t>
+  </si>
+  <si>
+    <t>Toom-Kooli 9 kardinad koos varustusega 2026</t>
+  </si>
+  <si>
+    <t>03.06.2026 11:00</t>
+  </si>
+  <si>
+    <t>Loodusmaja parkimisoperaatori teenus</t>
+  </si>
+  <si>
+    <t>Kontsessioon (Siseriiklik)</t>
+  </si>
+  <si>
+    <t>03.06.2026 10:00</t>
+  </si>
+  <si>
+    <t>Tallinna Vangla töökohaarvutite vahetus (nõrkvool)</t>
+  </si>
+  <si>
+    <t>02.06.2026 13:00</t>
+  </si>
+  <si>
+    <t>Haapsalu kohtumaja (Sadama tn 21, Haapsalu) rekonstrueerimise projekteerimistööd</t>
+  </si>
+  <si>
+    <t>02.06.2026 11:00</t>
+  </si>
+  <si>
+    <t>Väike-Sõjamäe 22A remonttööd 2026</t>
+  </si>
+  <si>
+    <t>Suur-Ameerika 1 Tallinn sisustus</t>
+  </si>
+  <si>
+    <t>02.06.2026 10:00</t>
+  </si>
+  <si>
+    <t>Võru ühishoone hooneautomaatika ümberehitus</t>
+  </si>
+  <si>
+    <t>Tartu mnt 85 küttesüsteemi ja hooneautomaatika remonttööd</t>
+  </si>
+  <si>
+    <t>Lubja kohtuhoone ümberehitustööde projekteerimistööd</t>
+  </si>
+  <si>
+    <t>Võru Gümnaasiumi valve-läbipääs</t>
+  </si>
+  <si>
+    <t>Nooruse tn 3, Tartu Rahvusarhiivi videovalvesüsteemi uuendamine</t>
+  </si>
+  <si>
+    <t>01.06.2026 12:00</t>
+  </si>
+  <si>
+    <t>Nooruse tn 3, Tartu Rahvusarhiivi serveriruumi täppiskonditsioneeride asendamine</t>
+  </si>
+  <si>
+    <t>01.06.2026 11:00</t>
+  </si>
+  <si>
+    <t>Valveteenuse tellimine Eesti Ajaloomuuseumile 01.10.2026-30.09.2029</t>
+  </si>
+  <si>
+    <t>Jõgeva Päästekomando ehitus</t>
+  </si>
+  <si>
+    <t>Keila Keskväljak 8a politseihoone hooneautomaatika ja tugevvoolutööd</t>
+  </si>
+  <si>
+    <t>Toom-Kooli 9 sisustus</t>
+  </si>
+  <si>
+    <t>22.05.2026 10:00</t>
+  </si>
+  <si>
+    <t>Toom-Kooli tn 9, Tallinn sisustuse hankimine</t>
+  </si>
+  <si>
+    <t>20.05.2026 12:00</t>
+  </si>
+  <si>
+    <t>Kose tn 6, Narva linn, Ida-Viru maakond renoveerimistööd</t>
+  </si>
+  <si>
+    <t>20.05.2026 11:00</t>
+  </si>
+  <si>
+    <t>Olustvere küttesüsteemi üleviimine kaugküttele</t>
+  </si>
+  <si>
+    <t>15.05.2026 11:00</t>
+  </si>
+  <si>
+    <t>Paldiski mnt 81, Tallinn remonttööd</t>
+  </si>
+  <si>
+    <t>15.05.2026 10:00</t>
+  </si>
+  <si>
+    <t>Nitrotselluloos-põhimikul filmide hoidla püstitamine</t>
+  </si>
+  <si>
+    <t>10.05.2026 10:00</t>
+  </si>
+  <si>
+    <t>Aia tn 34, Jõgeva remonttööd</t>
+  </si>
+  <si>
+    <t>09.05.2026 12:00</t>
+  </si>
+  <si>
+    <t>Raamlepingu sõlmimine soojusenergia ostmiseks</t>
+  </si>
+  <si>
+    <t>07.05.2026 11:00</t>
+  </si>
+  <si>
     <t>Tehnohooldusteenuse tellimine Luhamaa kordonile</t>
   </si>
   <si>
-    <t>01.07.2026 11:00</t>
-[...50 lines deleted...]
-    <t>Tehnohooldusteenuse tellimine Keskkonnamaja ja Loodusmuuseum (2026) NV süsteemide TH</t>
+    <t>05.05.2026 11:00</t>
+  </si>
+  <si>
+    <t>Põlva Päästekomando projekteerimine</t>
+  </si>
+  <si>
+    <t>04.05.2026 13:00</t>
+  </si>
+  <si>
+    <t>PPA kiirreageerijad ja Sisekaitseakadeemia tehnikamaja, Kase 61, Tallinn, 2026a remonttööd</t>
+  </si>
+  <si>
+    <t>Suurgildi hoone katuseremont</t>
+  </si>
+  <si>
+    <t>04.05.2026 12:00</t>
+  </si>
+  <si>
+    <t>Tehnohooldusteenuse tellimine Keskkonnamaja ja Loodusmuuseum (2026) Tavatehnohooldus</t>
+  </si>
+  <si>
+    <t>04.05.2026 11:00</t>
+  </si>
+  <si>
+    <t>Narva Vanalinna Põhikooli rekonstrueerimine</t>
   </si>
   <si>
     <t>Loodusmaja toitlustuse kontsessioon</t>
   </si>
   <si>
-    <t>Kontsessioon (Siseriiklik)</t>
-[...130 lines deleted...]
-  <si>
     <t>Luhamaa piiripunkti PTA hoone nõuetele vastavaks viimine</t>
   </si>
   <si>
-    <t>Kuressaare Ametikooli (Kohtu tn 22, Kuressaare) ventilatsiooni ja fassaadi remonttööd</t>
+    <t>Haljastuse hoolduse tellimine Vesilennuki tn 12, Tallinn</t>
   </si>
   <si>
     <t>02.05.2026 11:00</t>
   </si>
   <si>
-    <t>Haljastuse hoolduse tellimine Vesilennuki tn 12, Tallinn</t>
-[...7 lines deleted...]
-  <si>
     <t>Toom-Kooli 9 audio- ja videoseadmete tarne ja paigaldus</t>
   </si>
   <si>
     <t>01.05.2026 11:00</t>
   </si>
   <si>
     <t>Meremuuseumi, Vesilennuki 6, Tallinn, valguspargi uuendamine ja elektripaigaldise kaardistus ning parendustööd</t>
   </si>
   <si>
     <t>Tartu Vangla vee- ja soojasõlmede osaline vahetus</t>
   </si>
   <si>
     <t>Tallinna kinnipidamiskeskuse (Linnaarutee 5/1, Tallinn) ümberehituse projekteerimistööd</t>
   </si>
   <si>
     <t>Männiku harjutusvälja arendustööde projekteerimistööd</t>
   </si>
   <si>
     <t>01.05.2026 10:00</t>
   </si>
   <si>
     <t>Tööstuse 52 remonttööd 2026 (EKSLIK)</t>
   </si>
   <si>
     <t>Sisekaitseakadeemia, Kase 61 tegevuspõhise kontori projekteerimine</t>
   </si>
   <si>
     <t>Hiie kooli põrandakatete vahetus</t>
   </si>
   <si>
     <t>Tallinn Pirita tee 78 Maarjamäe kommunismiohvrite memoriaali remonttööd</t>
   </si>
   <si>
     <t>Lossi plats 7 fassaaditööd ja sillutis</t>
   </si>
   <si>
     <t>Tartu Vangla  E-hoone liftide vahetamine</t>
   </si>
   <si>
     <t>Pärnu kohtumaja (Kuninga 22, Pärnu) rekonstrueerimise projekteerimistööd</t>
   </si>
   <si>
     <t>30.04.2026 12:00</t>
   </si>
   <si>
-    <t>Valveteenuse tellimine Loodusmajale</t>
-[...1 lines deleted...]
-  <si>
     <t>Raamlepingu sõlmimine kinnisvara eksperthinnangute tellimiseks 2026-2028</t>
   </si>
   <si>
     <t>30.04.2026 11:00</t>
   </si>
   <si>
-    <t>Ventilatsiooniseadmete väljavahetamine energiatõhusamate vastu Valgamaa Kutsehariduskeskuses</t>
-[...2 lines deleted...]
-    <t>Rapla Sauna 5 kohtumaja osalised remonttööd</t>
+    <t>Pelletite ostmine 2026-2027</t>
+  </si>
+  <si>
+    <t>Rapla Sauna 5 kohtumaja osalised remonttööd ja KV tehnosüsteemide automaatika projekteerimine ja paigaldus</t>
   </si>
   <si>
     <t>30.04.2026 10:00</t>
   </si>
   <si>
     <t>Mänsaku hooldusbaasi remonttööd 2026</t>
   </si>
   <si>
     <t>29.04.2026 11:00</t>
   </si>
   <si>
-    <t>Tõnismäe Riigigümnaasiumi pesuruumid</t>
-[...8 lines deleted...]
-    <t>21.04.2026 13:00</t>
+    <t>Tehnohooldusteenuse tellimine Pärnu maakonna (Paikuse) objektidele (2026)</t>
+  </si>
+  <si>
+    <t>23.04.2026 11:00</t>
   </si>
   <si>
     <t>Elektrienergia ostmine taastuvatest allikatest</t>
   </si>
   <si>
     <t>20.04.2026 11:00</t>
   </si>
   <si>
     <t>Tallinna Tööstushariduskeskuse C korpuse ventilatsiooniagregaadi väljavahetamine</t>
   </si>
   <si>
     <t>17.04.2026 11:00</t>
   </si>
   <si>
     <t>Hiiumaa muuseumi hoidlahoone projekteerimine</t>
   </si>
   <si>
     <t>16.04.2026 11:00</t>
   </si>
   <si>
+    <t>Teetööd Jõgeva alevikus (Seemne tn 12, Muru tn 3, Muru tn 5 ja M. Pilli haru 2)</t>
+  </si>
+  <si>
+    <t>15.04.2026 11:00</t>
+  </si>
+  <si>
+    <t>Rapla riigimaja remonttööd (2026)</t>
+  </si>
+  <si>
+    <t>Pärnumaa Kutsehariduskeskuse A korpuse elektri- ja nõrkvoolusüsteemide kohandamine distantsõppe läbiviimiseks</t>
+  </si>
+  <si>
+    <t>15.04.2026 10:00</t>
+  </si>
+  <si>
+    <t>Sisekaitseakadeemia, Kase 61, Tallinn, taktikamaja ehitustööde omanikujärelevalve</t>
+  </si>
+  <si>
+    <t>Valveteenuse tellimine Loodusmaja hoonetele  alates 21.09.2026</t>
+  </si>
+  <si>
+    <t>13.04.2026 12:00</t>
+  </si>
+  <si>
+    <t>Nitrotselluloos-põhimikul filmide hoidla püstitamise ehitustöödele omanikujärelevalve teenus</t>
+  </si>
+  <si>
+    <t>10.04.2026 10:00</t>
+  </si>
+  <si>
+    <t>Sisekaitseakadeemia (Kase 61, Tallinn) taktikamaja ehitustööd</t>
+  </si>
+  <si>
+    <t>08.04.2026 10:00</t>
+  </si>
+  <si>
+    <t>Narva Vanalinna kooli OJV</t>
+  </si>
+  <si>
+    <t>07.04.2026 11:00</t>
+  </si>
+  <si>
+    <t>Narva kordon, hooneautomaatikatööd ja aiale üleronimistõkete paigaldamine</t>
+  </si>
+  <si>
+    <t>05.04.2026 10:00</t>
+  </si>
+  <si>
+    <t>Loodusmaja laborite sisustus</t>
+  </si>
+  <si>
+    <t>03.04.2026 13:00</t>
+  </si>
+  <si>
+    <t>Võrumaa Haridus- ja Tehnoloogiakeskuse peahoone lifti ehitus</t>
+  </si>
+  <si>
+    <t>Riigi Laboriuuringute ja Riskihindamise Keskuse kogu hoone garanteeritud toitele viimine</t>
+  </si>
+  <si>
+    <t>02.04.2026 13:00</t>
+  </si>
+  <si>
+    <t>Helme tn 3, Tallinn, kuulipüüduri taastusremont ja hooldus</t>
+  </si>
+  <si>
+    <t>02.04.2026 11:00</t>
+  </si>
+  <si>
+    <t>Väike-Maarja Õppekeskuse taristu rajamine OJV</t>
+  </si>
+  <si>
+    <t>Pärnu, Kuninga tn 22 trepikodade ja kabinettide hooldusviimistlus, valgustite vahetus</t>
+  </si>
+  <si>
+    <t>Narva, Kalda tn 9 katuse ehitustööd ja ventilatsiooniseadme vahetus</t>
+  </si>
+  <si>
+    <t>Rakvere Kohtumaja valve- ja läbipääsusüsteemi asendamine</t>
+  </si>
+  <si>
+    <t>02.04.2026 10:00</t>
+  </si>
+  <si>
+    <t>Ida-Virumaa Kutsehariduskeskuse D ja F korpuse remonttööde OJV</t>
+  </si>
+  <si>
+    <t>01.04.2026 12:00</t>
+  </si>
+  <si>
+    <t>Tartu Vangla ventilatsiooni seadmete osaline asendamine</t>
+  </si>
+  <si>
+    <t>Hiiumaa Ametikooli (Lossi tee 3, Haapsalu) tööd (vale menetlus)</t>
+  </si>
+  <si>
+    <t>Maaelu Teadmuskeskuse Kuusiku katsekeskuse pea- ja laohoone remonttööd</t>
+  </si>
+  <si>
+    <t>SA MEMU Ülenurme kompleksi viilhall-hoidla rajamine</t>
+  </si>
+  <si>
+    <t>01.04.2026 11:00</t>
+  </si>
+  <si>
+    <t>Sillamäe Põhikooli valgustite vahetus LED valgustitele</t>
+  </si>
+  <si>
+    <t>Tallinna Teeniduskooli, Majaka 2, remondid 2026</t>
+  </si>
+  <si>
+    <t>Pärnumaa Kutsehariduskeskuse A korpuse akende asendamine</t>
+  </si>
+  <si>
+    <t>01.04.2026 10:00</t>
+  </si>
+  <si>
+    <t>Rakvere Riigimaja A ja C korpuse remonttööd</t>
+  </si>
+  <si>
+    <t>Ahtri 2 fermide katmine tuletõkkevärviga</t>
+  </si>
+  <si>
+    <t>Loodusmaja sisustus</t>
+  </si>
+  <si>
+    <t>30.03.2026 13:00</t>
+  </si>
+  <si>
+    <t>Pärnu Koidula Gümnaasiumi siseviimistluse remont ja staadioni tartaankatte korrastamine</t>
+  </si>
+  <si>
+    <t>23.03.2026 12:00</t>
+  </si>
+  <si>
+    <t>Rapla Savi 2 politseihoone piirdeaia, värava- ja läbipääsusüsteemide projekteerimine ja ehitus</t>
+  </si>
+  <si>
+    <t>20.03.2026 11:00</t>
+  </si>
+  <si>
+    <t>Katuste ehitustööd, Looduse tee 2, Vana-Võidu</t>
+  </si>
+  <si>
+    <t>17.03.2026 11:00</t>
+  </si>
+  <si>
+    <t>Tehaselise rekonstrueerimise arhitektuursete lahenduste ideekonkurss</t>
+  </si>
+  <si>
+    <t>Ideekonkurss (Siseriiklik)</t>
+  </si>
+  <si>
+    <t>16.03.2026 14:00</t>
+  </si>
+  <si>
+    <t>Tartu Vangla E-hoone amortiseerunud vee-ja kütte torustike vahetus</t>
+  </si>
+  <si>
+    <t>16.03.2026 12:00</t>
+  </si>
+  <si>
+    <t>Võrumaa Haridus- ja Tehnoloogiakeskuse tehnomaja laienduse projekteerimine</t>
+  </si>
+  <si>
+    <t>16.03.2026 11:00</t>
+  </si>
+  <si>
+    <t>Arvutitöökoht teenusena 2026-2029</t>
+  </si>
+  <si>
+    <t>Tõnismäe Riigigümnaasiumi riietus- ja pesuruumide väljaehitamine</t>
+  </si>
+  <si>
     <t>Viru vangla ehitus- ja rekonstrueerimistööd 2026</t>
   </si>
   <si>
-    <t>15.04.2026 12:00</t>
-[...68 lines deleted...]
-    <t>Pärnu, Kuninga tn 22 trepikodade ja 3. korruse uue osa kabinettide hooldusviimistlus</t>
+    <t>13.03.2026 11:00</t>
+  </si>
+  <si>
+    <t>Riigi Kinnisvara AS büroohoone rekonstrueerimine (Tartu mnt 85/1, Tallinn)</t>
+  </si>
+  <si>
+    <t>10.03.2026 11:00</t>
+  </si>
+  <si>
+    <t>Tavatehnohooldusteenuse hankimine objektidele Savi tn 6 , Tartu ja J.Liivi tn 4, Tartu</t>
+  </si>
+  <si>
+    <t>09.03.2026 11:00</t>
+  </si>
+  <si>
+    <t>Ida-Virumaa Kutsehariduskeskuse Jõhvi õppekoha ehitus- ja rekonstrueerimistööd</t>
+  </si>
+  <si>
+    <t>06.03.2026 12:00</t>
+  </si>
+  <si>
+    <t>Sisekaitseakadeemia, Kase 61, Tallinn alajaama ümberehitustööd</t>
+  </si>
+  <si>
+    <t>04.03.2026 10:00</t>
+  </si>
+  <si>
+    <t>Tehnohooldusteenuse hankimine PPA Tartu kriisilaole (NV)</t>
+  </si>
+  <si>
+    <t>03.03.2026 11:00</t>
+  </si>
+  <si>
+    <t>Kooli 2a, Jõhvi sisustuse hankimine</t>
+  </si>
+  <si>
+    <t>Raua 2 Tallinn perimeetri hüdroisolatsioon ja sisehoovi rekonstrueerimine</t>
+  </si>
+  <si>
+    <t>Täisautomaatsete kohvimasinate kasutusrent, hooldus ja tooraine tellimine Riigi Kinnisvara kontoritesse</t>
+  </si>
+  <si>
+    <t>Tehnohooldusteenuse tellimine Põhja piirkonna 4 kooli nõrkvoolusüsteemidele (2026)</t>
+  </si>
+  <si>
+    <t>02.03.2026 10:00</t>
+  </si>
+  <si>
+    <t>Lõuna Eesti muuseumite pärandihoidla gaaskustutus süsteemi projekteerimine ja ehitamine</t>
+  </si>
+  <si>
+    <t>01.03.2026 10:00</t>
+  </si>
+  <si>
+    <t>Tehnohooldusteenuse tellimine Põhja piirkonna koolidele (2026) tavatehnohooldus</t>
+  </si>
+  <si>
+    <t>Päikese- ja akujaamade juhtimissüsteemi hankimine</t>
+  </si>
+  <si>
+    <t>26.02.2026 11:00</t>
+  </si>
+  <si>
+    <t>Väike-Maarja Õppekeskuse taristu rajamine</t>
+  </si>
+  <si>
+    <t>25.02.2026 11:00</t>
+  </si>
+  <si>
+    <t>Eesti Põllumajandusmuuseumi välistrasside projekteerimine</t>
+  </si>
+  <si>
+    <t>24.02.2026 10:00</t>
+  </si>
+  <si>
+    <t>Paikuse Sisekaitseakadeemia remonttööd 2026</t>
+  </si>
+  <si>
+    <t>23.02.2026 11:00</t>
+  </si>
+  <si>
+    <t>SKA klienditeeninduse järjekorraautomaatide ostmine ja rentimine</t>
+  </si>
+  <si>
+    <t>23.02.2026 10:00</t>
+  </si>
+  <si>
+    <t>Võru eriettevalmistuse taristu rajamise hanke konsultatsiooni teenus  (lepingu täitmise etapp)</t>
+  </si>
+  <si>
+    <t>Tallinna Lasnamäe Riigigümnaasiumi õppehoone arhitektuurivõistlus</t>
+  </si>
+  <si>
+    <t>20.02.2026 12:00</t>
   </si>
   <si>
     <t>Ädala 25 laopinna projekteerimistööd</t>
   </si>
   <si>
-    <t>Narva, Kalda tn 9 katuse ehitustööd ja ventilatsiooniseadme vahetus</t>
-[...56 lines deleted...]
-    <t>23.03.2026 12:00</t>
+    <t>20.02.2026 11:00</t>
+  </si>
+  <si>
+    <t>Büroohoone Haapsalus Jaani tn 10 remonttööd</t>
+  </si>
+  <si>
+    <t>19.02.2026 12:00</t>
+  </si>
+  <si>
+    <t>Kuressaare Ametikooli tuulikute mehaanikute õppekorpuse ehitus</t>
+  </si>
+  <si>
+    <t>18.02.2026 13:00</t>
+  </si>
+  <si>
+    <t>Tehnohooldusteenuse tellimine Küti tn 6, Tallinn objektile</t>
+  </si>
+  <si>
+    <t>18.02.2026 11:00</t>
+  </si>
+  <si>
+    <t>Tartu kohtumaja (Kalevi tn 1) toitlustuse kontsessioon</t>
+  </si>
+  <si>
+    <t>17.02.2026 11:00</t>
+  </si>
+  <si>
+    <t>Tehnohooldusteenuse hankimine Lõuna piirkonna objektidele (Viljandi-Valga) 2026 tavatehnohooldus</t>
+  </si>
+  <si>
+    <t>12.02.2026 11:00</t>
+  </si>
+  <si>
+    <t>Kuressaare Ametikooli tuulikute mehaanikute õppekorpuse omanikujärelevalve</t>
+  </si>
+  <si>
+    <t>10.02.2026 11:00</t>
+  </si>
+  <si>
+    <t>Raamlepingu sõlmimine energiaauditite tellimiseks</t>
+  </si>
+  <si>
+    <t>09.02.2026 11:00</t>
+  </si>
+  <si>
+    <t>KUMU remonttööd</t>
+  </si>
+  <si>
+    <t>05.02.2026 11:00</t>
+  </si>
+  <si>
+    <t>Tehnohooldusteenuse hankimine Lõuna piirkonna objektide nõrkvoolusüsteemidele (2026)</t>
   </si>
   <si>
     <t>KUMU katuse remonttööde projekteerimine</t>
   </si>
   <si>
-    <t>19.03.2026 12:00</t>
-[...197 lines deleted...]
-    <t>03.02.2026 13:00</t>
+    <t>04.02.2026 12:00</t>
   </si>
   <si>
     <t>Männiku polügooni lasketiiru korrashoiuteenused</t>
   </si>
   <si>
     <t>02.02.2026 11:00</t>
   </si>
   <si>
-    <t>Sillamäe, Tallinna mnt 13, ATS-i ja valvesüsteemi projekteerimis - ja ehitustööd ning katuse remonttööd</t>
+    <t>Sillamäe, Tallinna mnt 13, 2026.a ehitustööd</t>
   </si>
   <si>
     <t>Elektrienergia ost avatud tarnena koos bilansihaldusteenusega (keskse hankijana)</t>
   </si>
   <si>
     <t>02.02.2026 10:00</t>
   </si>
   <si>
     <t>Eesti Rahva muuseumi valgustuse projekteerimine</t>
   </si>
   <si>
     <t>01.02.2026 10:00</t>
   </si>
   <si>
     <t>Kutse 13 D korpuse täisrekonstrueerimise ja E ja F korpuste ruumiplaani muudatuste ehitustööd</t>
   </si>
   <si>
     <t>31.01.2026 12:00</t>
   </si>
   <si>
     <t>KUMU gaaskustutusballoonide 10 aasta hooldus ja täitmine</t>
   </si>
   <si>
     <t>30.01.2026 10:00</t>
   </si>
   <si>
     <t>Tehnohooldusteenuse tellimine Narva ja Sillamäe objektidele (2026) (tavatehnohooldus)</t>
   </si>
   <si>
     <t>26.01.2026 11:00</t>
-  </si>
-[...4 lines deleted...]
-    <t>26.01.2026 10:00</t>
   </si>
   <si>
     <t>Kommunismiohvrite mälestusmuuseumi rajamise II etapp</t>
   </si>
   <si>
     <t>23.01.2026 11:00</t>
   </si>
   <si>
     <t>Heakorrateenuse tellimine Vesilennuki tn 12, Tallinn 01.09.2026-31.08.2032</t>
   </si>
   <si>
     <t>Tehnohooldusteenuse hankimine Lõuna piirkonna objektidele (Tartu ja Jõgeva maakond) 2026</t>
   </si>
   <si>
     <t>Haapsalu KHK ventilatsioonisüsteemi projekteerimine</t>
   </si>
   <si>
     <t>22.01.2026 11:00</t>
   </si>
   <si>
     <t>Heakorrateenuse tellimine Sisekaitseakadeemia Paikuse õppekeskusele 01.08.2026-31.07.2032</t>
   </si>
   <si>
     <t>20.01.2026 11:00</t>
   </si>
@@ -1551,3795 +1563,3791 @@
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E4" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F4" s="1" t="s">
         <v>18</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="1" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F7" s="1" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C8" s="1"/>
+      <c r="D8" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E8" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="F8" s="1" t="s">
         <v>30</v>
-      </c>
-[...10 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="1" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F9" s="1" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="C10" s="1"/>
+      <c r="D10" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E10" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D10" s="1" t="s">
+      <c r="F10" s="1" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E11" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="B11" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D11" s="1" t="s">
+      <c r="F11" s="1" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E12" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="B12" s="1" t="s">
-[...3 lines deleted...]
-      <c r="D12" s="1" t="s">
+      <c r="F12" s="1" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E13" s="1" t="s">
         <v>50</v>
-      </c>
-[...10 lines deleted...]
-        <v>40</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="1" t="s">
         <v>52</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="C15" s="1"/>
+        <v>13</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D15" s="1" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="C16" s="1"/>
+      <c r="C16" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D16" s="1" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="C17" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C17" s="1"/>
       <c r="D17" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="F17" s="1" t="s">
         <v>59</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="1" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="C18" s="1"/>
       <c r="D18" s="1" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="E19" s="1" t="s">
         <v>64</v>
-      </c>
-[...10 lines deleted...]
-        <v>44</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="1" t="s">
         <v>66</v>
       </c>
       <c r="B20" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="C20" s="1"/>
+      <c r="D20" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F20" s="1" t="s">
         <v>67</v>
-      </c>
-[...10 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="F21" s="1" t="s">
         <v>69</v>
-      </c>
-[...11 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C22" s="1"/>
+      <c r="D22" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F22" s="1" t="s">
         <v>71</v>
-      </c>
-[...13 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="1" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>59</v>
+        <v>9</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="1" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="C24" s="1"/>
       <c r="D24" s="1" t="s">
-        <v>59</v>
+        <v>14</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="D25" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="B25" s="1" t="s">
-[...5 lines deleted...]
-      </c>
       <c r="E25" s="1" t="s">
-        <v>15</v>
+        <v>80</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>7</v>
+        <v>32</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>32</v>
+        <v>64</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="F27" s="1" t="s">
         <v>83</v>
-      </c>
-[...13 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>7</v>
+        <v>32</v>
       </c>
       <c r="C28" s="1"/>
       <c r="D28" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C29" s="1"/>
       <c r="D29" s="1" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="1" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="C30" s="1"/>
+      <c r="C30" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D30" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>19</v>
+        <v>50</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="C31" s="1"/>
+        <v>13</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D31" s="1" t="s">
-        <v>35</v>
+        <v>49</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C32" s="1"/>
       <c r="D32" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C33" s="1"/>
       <c r="D33" s="1" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>30</v>
+        <v>7</v>
       </c>
       <c r="C34" s="1"/>
       <c r="D34" s="1" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>7</v>
+        <v>32</v>
       </c>
       <c r="C35" s="1"/>
       <c r="D35" s="1" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="1" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" s="1" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="1" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="C37" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C37" s="1"/>
       <c r="D37" s="1" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>74</v>
+        <v>29</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C38" s="1"/>
       <c r="D38" s="1" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C39" s="1"/>
       <c r="D39" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="1" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>30</v>
+        <v>7</v>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" s="1" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="C41" s="1"/>
+        <v>32</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D41" s="1" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="C42" s="1"/>
+        <v>7</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D42" s="1" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>19</v>
+        <v>80</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="C43" s="1"/>
       <c r="D43" s="1" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>60</v>
+        <v>34</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C44" s="1"/>
+      <c r="D44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F44" s="1" t="s">
         <v>112</v>
-      </c>
-[...13 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C45" s="1"/>
       <c r="D45" s="1" t="s">
-        <v>59</v>
+        <v>37</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>60</v>
+        <v>38</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="C46" s="1"/>
       <c r="D46" s="1" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="1" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C47" s="1"/>
       <c r="D47" s="1" t="s">
-        <v>73</v>
+        <v>20</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>74</v>
+        <v>21</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="1" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>67</v>
+        <v>32</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>40</v>
+        <v>64</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="1" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="1" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C50" s="1"/>
       <c r="D50" s="1" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="E51" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="F51" s="1" t="s">
         <v>121</v>
-      </c>
-[...13 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="1" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>7</v>
+        <v>32</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>59</v>
+        <v>79</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="1" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="C53" s="1"/>
+        <v>73</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D53" s="1" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="1" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="C54" s="1"/>
+        <v>73</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D54" s="1" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="1" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="C55" s="1"/>
+        <v>13</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D55" s="1" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="1" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C56" s="1"/>
       <c r="D56" s="1" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="1" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="C57" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C57" s="1"/>
       <c r="D57" s="1" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="1" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="C58" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C58" s="1"/>
       <c r="D58" s="1" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="1" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="C59" s="1"/>
       <c r="D59" s="1" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="1" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="C60" s="1"/>
+      <c r="C60" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D60" s="1" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="1" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="C61" s="1"/>
+        <v>7</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D61" s="1" t="s">
-        <v>35</v>
+        <v>49</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="1" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="C62" s="1"/>
+        <v>32</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D62" s="1" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="1" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C63" s="1"/>
       <c r="D63" s="1" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="C64" s="1"/>
+        <v>13</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D64" s="1" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C65" s="1"/>
+      <c r="D65" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E65" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="F65" s="1" t="s">
         <v>143</v>
-      </c>
-[...13 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="1"/>
       <c r="D66" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>30</v>
+        <v>149</v>
       </c>
       <c r="C67" s="1"/>
       <c r="D67" s="1" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="1" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>59</v>
+        <v>49</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="1" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="C69" s="1"/>
       <c r="D69" s="1" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="1" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C70" s="1"/>
       <c r="D70" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="1" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="C71" s="1"/>
+      <c r="C71" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D71" s="1" t="s">
-        <v>18</v>
+        <v>63</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>19</v>
+        <v>64</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>149</v>
+        <v>157</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="1" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C72" s="1"/>
       <c r="D72" s="1" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>149</v>
+        <v>157</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="1" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C73" s="1"/>
       <c r="D73" s="1" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="1" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="C74" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C74" s="1"/>
       <c r="D74" s="1" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="1" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C75" s="1"/>
       <c r="D75" s="1" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="1" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="C76" s="1"/>
+      <c r="C76" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D76" s="1" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="1" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>59</v>
+        <v>9</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>157</v>
+        <v>165</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="1" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="C78" s="1"/>
+        <v>73</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D78" s="1" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="1" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="C79" s="1"/>
       <c r="D79" s="1" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>40</v>
+        <v>21</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="E80" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="F80" s="1" t="s">
         <v>165</v>
-      </c>
-[...11 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="C81" s="1"/>
       <c r="D81" s="1" t="s">
-        <v>59</v>
+        <v>14</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="1" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="C82" s="1"/>
+        <v>7</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D82" s="1" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="1" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="1"/>
       <c r="D83" s="1" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="1" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>74</v>
+        <v>64</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="1" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C85" s="1"/>
       <c r="D85" s="1" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="1" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="C86" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C86" s="1"/>
       <c r="D86" s="1" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="1" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>39</v>
+        <v>79</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="1" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>59</v>
+        <v>45</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>60</v>
+        <v>46</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="1" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>43</v>
+        <v>63</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>44</v>
+        <v>64</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="1" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>9</v>
+        <v>49</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="1" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>9</v>
+        <v>49</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="1" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="1" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="C93" s="1"/>
+        <v>13</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D93" s="1" t="s">
-        <v>18</v>
+        <v>63</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>19</v>
+        <v>64</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="1" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>30</v>
+        <v>7</v>
       </c>
       <c r="C94" s="1"/>
       <c r="D94" s="1" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="1" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="C95" s="1"/>
       <c r="D95" s="1" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="1" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="C96" s="1"/>
+      <c r="C96" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D96" s="1" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="1" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="C97" s="1"/>
+      <c r="C97" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D97" s="1" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="1" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C98" s="1"/>
       <c r="D98" s="1" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="1" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="C99" s="1"/>
       <c r="D99" s="1" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="1" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="C100" s="1"/>
+        <v>32</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D100" s="1" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>15</v>
+        <v>64</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="1" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="C101" s="1"/>
       <c r="D101" s="1" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="1" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="C102" s="1"/>
       <c r="D102" s="1" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>194</v>
+        <v>205</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="1" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="1"/>
       <c r="D103" s="1" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>194</v>
+        <v>205</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="1" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="C104" s="1"/>
       <c r="D104" s="1" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>74</v>
+        <v>34</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="1" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C105" s="1"/>
       <c r="D105" s="1" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="1" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C106" s="1"/>
       <c r="D106" s="1" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="1" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C107" s="1"/>
       <c r="D107" s="1" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="1" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="C108" s="1"/>
       <c r="D108" s="1" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="1" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="C109" s="1"/>
+        <v>7</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D109" s="1" t="s">
-        <v>35</v>
+        <v>79</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>36</v>
+        <v>80</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="1" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="C110" s="1"/>
+      <c r="C110" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D110" s="1" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" s="1" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>32</v>
+        <v>46</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="1" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>7</v>
+        <v>32</v>
       </c>
       <c r="C112" s="1"/>
       <c r="D112" s="1" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="1" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C113" s="1"/>
       <c r="D113" s="1" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="1" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="C114" s="1"/>
+      <c r="C114" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D114" s="1" t="s">
-        <v>26</v>
+        <v>63</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="1" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="C115" s="1"/>
       <c r="D115" s="1" t="s">
-        <v>73</v>
+        <v>20</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>74</v>
+        <v>21</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="1" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="1" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="C117" s="1"/>
       <c r="D117" s="1" t="s">
-        <v>59</v>
+        <v>28</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="1" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="C118" s="1"/>
+        <v>32</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D118" s="1" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="1" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="C119" s="1"/>
+        <v>32</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D119" s="1" t="s">
-        <v>47</v>
+        <v>63</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>48</v>
+        <v>64</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="1" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C120" s="1"/>
       <c r="D120" s="1" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="1" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C121" s="1"/>
       <c r="D121" s="1" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" s="1" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="C122" s="1"/>
+        <v>73</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D122" s="1" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" s="1" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C123" s="1"/>
       <c r="D123" s="1" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" s="1" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="C124" s="1"/>
       <c r="D124" s="1" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" s="1" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="C125" s="1"/>
       <c r="D125" s="1" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" s="1" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C126" s="1"/>
       <c r="D126" s="1" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="1" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>238</v>
+        <v>246</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="1" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" s="1" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="C129" s="1"/>
+        <v>32</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D129" s="1" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" s="1" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C130" s="1"/>
       <c r="D130" s="1" t="s">
-        <v>59</v>
+        <v>28</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" s="1" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="C131" s="1"/>
+        <v>7</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D131" s="1" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" s="1" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="C132" s="1"/>
+        <v>32</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D132" s="1" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" s="1" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C133" s="1"/>
       <c r="D133" s="1" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" s="1" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C134" s="1"/>
       <c r="D134" s="1" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>40</v>
+        <v>21</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" s="1" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" s="1" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" s="1" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>39</v>
+        <v>79</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" s="1" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="C138" s="1"/>
+        <v>32</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D138" s="1" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" s="1" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="C139" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C139" s="1"/>
       <c r="D139" s="1" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" s="1" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="B140" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="C140" s="1"/>
+      <c r="C140" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D140" s="1" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>15</v>
+        <v>64</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" s="1" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="1"/>
       <c r="D141" s="1" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="F141" s="1" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="1" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="C142" s="1"/>
       <c r="D142" s="1" t="s">
-        <v>47</v>
+        <v>14</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>259</v>
+        <v>267</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" s="1" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="C143" s="1"/>
       <c r="D143" s="1" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" s="1" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C144" s="1"/>
       <c r="D144" s="1" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" s="1" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>30</v>
+        <v>7</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="F145" s="1" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" s="1" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="C146" s="1"/>
+        <v>32</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D146" s="1" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="F146" s="1" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" s="1" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>59</v>
+        <v>9</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" s="1" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="B148" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="F148" s="1" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" s="1" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="C149" s="1"/>
+        <v>279</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D149" s="1" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="F149" s="1" t="s">
-        <v>273</v>
+        <v>280</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" s="1" t="s">
-        <v>274</v>
+        <v>281</v>
       </c>
       <c r="B150" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="C150" s="1"/>
+      <c r="C150" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D150" s="1" t="s">
-        <v>26</v>
+        <v>79</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>27</v>
+        <v>80</v>
       </c>
       <c r="F150" s="1" t="s">
-        <v>275</v>
+        <v>282</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" s="1" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>277</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="C151" s="1"/>
       <c r="D151" s="1" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="F151" s="1" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" s="1" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="C152" s="1"/>
       <c r="D152" s="1" t="s">
-        <v>73</v>
+        <v>20</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>74</v>
+        <v>21</v>
       </c>
       <c r="F152" s="1" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" s="1" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C153" s="1"/>
       <c r="D153" s="1" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="F153" s="1" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" s="1" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="C154" s="1"/>
+      <c r="C154" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D154" s="1" t="s">
-        <v>35</v>
+        <v>79</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>36</v>
+        <v>80</v>
       </c>
       <c r="F154" s="1" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" s="1" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="C155" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C155" s="1"/>
       <c r="D155" s="1" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="1" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="1"/>
       <c r="D156" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" s="1" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="C157" s="1"/>
+        <v>13</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D157" s="1" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" s="1" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C158" s="1"/>
       <c r="D158" s="1" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" s="1" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="C159" s="1"/>
       <c r="D159" s="1" t="s">
-        <v>59</v>
+        <v>28</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>290</v>
+        <v>298</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" s="1" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="C160" s="1"/>
       <c r="D160" s="1" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="F160" s="1" t="s">
-        <v>290</v>
+        <v>298</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" s="1" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="C161" s="1"/>
+      <c r="C161" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D161" s="1" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="E161" s="1" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>290</v>
+        <v>298</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" s="1" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="C162" s="1"/>
+        <v>32</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D162" s="1" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="F162" s="1" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" s="1" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="C163" s="1"/>
       <c r="D163" s="1" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" s="1" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>7</v>
+        <v>32</v>
       </c>
       <c r="C164" s="1"/>
       <c r="D164" s="1" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F164" s="1" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" s="1" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>30</v>
+        <v>7</v>
       </c>
       <c r="C165" s="1"/>
       <c r="D165" s="1" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" s="1" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>7</v>
+        <v>32</v>
       </c>
       <c r="C166" s="1"/>
       <c r="D166" s="1" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="F166" s="1" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" s="1" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>30</v>
+        <v>7</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" s="1" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C168" s="1"/>
       <c r="D168" s="1" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="1" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="C169" s="1"/>
+        <v>32</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D169" s="1" t="s">
-        <v>47</v>
+        <v>63</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>48</v>
+        <v>64</v>
       </c>
       <c r="F169" s="1" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="1" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C170" s="1"/>
       <c r="D170" s="1" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E170" s="1" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F170" s="1" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="1" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C171" s="1"/>
       <c r="D171" s="1" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="E171" s="1" t="s">
-        <v>60</v>
+        <v>34</v>
       </c>
       <c r="F171" s="1" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" s="1" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>30</v>
+        <v>78</v>
       </c>
       <c r="C172" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>74</v>
+        <v>64</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" s="1" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C173" s="1"/>
       <c r="D173" s="1" t="s">
-        <v>59</v>
+        <v>37</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>60</v>
+        <v>38</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" s="1" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>138</v>
+        <v>32</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>43</v>
+        <v>79</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>44</v>
+        <v>80</v>
       </c>
       <c r="F174" s="1" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" s="1" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="F175" s="1" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" s="1" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="C176" s="1"/>
+        <v>13</v>
+      </c>
+      <c r="C176" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D176" s="1" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>13</v>
+        <v>149</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="F177" s="1" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" s="1" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C178" s="1"/>
       <c r="D178" s="1" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="F178" s="1" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" s="1" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="C179" s="1"/>
+        <v>13</v>
+      </c>
+      <c r="C179" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D179" s="1" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E179" s="1" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="F179" s="1" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" s="1" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="B180" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C180" s="1"/>
       <c r="D180" s="1" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E180" s="1" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="F180" s="1" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" s="1" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C181" s="1"/>
       <c r="D181" s="1" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="F181" s="1" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" s="1" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="C182" s="1"/>
       <c r="D182" s="1" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="F182" s="1" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" s="1" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C183" s="1"/>
       <c r="D183" s="1" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="F183" s="1" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" s="1" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="C184" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>73</v>
+        <v>9</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>74</v>
+        <v>10</v>
       </c>
       <c r="F184" s="1" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" s="1" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="C185" s="1"/>
+        <v>13</v>
+      </c>
+      <c r="C185" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D185" s="1" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>19</v>
+        <v>80</v>
       </c>
       <c r="F185" s="1" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" s="1" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>30</v>
+        <v>7</v>
       </c>
       <c r="C186" s="1"/>
       <c r="D186" s="1" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="F186" s="1" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" s="1" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C187" s="1"/>
       <c r="D187" s="1" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="E187" s="1" t="s">
-        <v>74</v>
+        <v>34</v>
       </c>
       <c r="F187" s="1" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" s="1" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B188" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>59</v>
+        <v>79</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="F188" s="1" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" s="1" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="C189" s="1"/>
+        <v>13</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="D189" s="1" t="s">
-        <v>26</v>
+        <v>63</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="F189" s="1" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" s="1" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>30</v>
+        <v>7</v>
       </c>
       <c r="C190" s="1"/>
       <c r="D190" s="1" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="F190" s="1" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" s="1" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="B191" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C191" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="F191" s="1" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" s="1" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="B192" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E192" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" s="1" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="B193" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C193" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="F193" s="1" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" s="1" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="B194" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C194" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F194" s="1" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" s="1" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="B195" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E195" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F195" s="1" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" s="1" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="B196" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="F196" s="1" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" s="1" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="B197" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C197" s="1"/>
       <c r="D197" s="1" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F197" s="1" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" s="1" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C198" s="1"/>
       <c r="D198" s="1" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="F198" s="1" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" s="1" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="B199" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" s="1" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="B200" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C200" s="1"/>
       <c r="D200" s="1" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F200" s="1" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" s="1" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="B201" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C201" s="1"/>
       <c r="D201" s="1" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E201" s="1" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F201" s="1" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>